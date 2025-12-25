--- v0 (2025-10-16)
+++ v1 (2025-12-25)
@@ -1,58 +1,55 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="25A760E2" w14:textId="4D139C48">
+    <w:p w14:paraId="25A760E2" w14:textId="4D139C48" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6B17DF69" wp14:editId="526D1A5F">
             <wp:extent cx="1247790" cy="1247790"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="881333326" name="Picture 881333326" descr="C:\Users\jparkee\Pictures\New Societies Logo.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -62,4161 +59,4210 @@
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect l="15384" t="15384" r="15384" b="15384"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1247790" cy="1247790"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="5F5F3750" w:rsidRDefault="372A3DA0" w14:paraId="037D6B87" w14:textId="111EA5A2">
+    <w:p w14:paraId="037D6B87" w14:textId="111EA5A2" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="5F5F3750">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="52157602" w14:textId="076978DE">
+    <w:p w14:paraId="52157602" w14:textId="076978DE" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="372A3DA0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>UNIVERSITY OF ESSEX</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="2A587777" w14:textId="4E70A6DB">
+    <w:p w14:paraId="2A587777" w14:textId="4E70A6DB" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="372A3DA0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>SU SOCIETY START UP FORM</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="71ED6225" w14:textId="273B2E48">
+    <w:p w14:paraId="71ED6225" w14:textId="273B2E48" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="2ED19FE0" w:rsidRDefault="372A3DA0" w14:paraId="71ED96EE" w14:textId="7EDC954D">
+    <w:p w14:paraId="71ED96EE" w14:textId="7EDC954D" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2ED19FE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="67066129" w:rsidP="67066129" w:rsidRDefault="67066129" w14:paraId="50ED10A5" w14:textId="2A0BBA59">
+    <w:p w14:paraId="50ED10A5" w14:textId="2A0BBA59" w:rsidR="67066129" w:rsidRDefault="67066129" w:rsidP="67066129">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="67066129">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Creating a new SU Society</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="350E78F5" w:rsidRDefault="67066129" w14:paraId="09AB02D7" w14:textId="178603AB">
+    <w:p w14:paraId="09AB02D7" w14:textId="178603AB" w:rsidR="372A3DA0" w:rsidRDefault="350E78F5" w:rsidP="350E78F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
-[...3 lines deleted...]
-          <w:iCs w:val="1"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="350E78F5" w:rsidR="350E78F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:r w:rsidRPr="350E78F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">This is the form required to start a new SU Society. Please fill in all the boxes and then email this form as explained in the </w:t>
       </w:r>
-      <w:r w:rsidRPr="350E78F5" w:rsidR="350E78F5">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="350E78F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Important</w:t>
       </w:r>
-      <w:r w:rsidRPr="350E78F5" w:rsidR="350E78F5">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> section</w:t>
+      <w:r w:rsidRPr="350E78F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> section. A new SU Society must be student-led and distinct in name and aims to any existing SU society. A list of existing SU societies can be found at: </w:t>
       </w:r>
-      <w:r w:rsidRPr="350E78F5" w:rsidR="350E78F5">
-[...16 lines deleted...]
-        <w:r w:rsidRPr="350E78F5" w:rsidR="350E78F5">
+      <w:hyperlink r:id="rId5">
+        <w:r w:rsidRPr="350E78F5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>essexstudent.com/societies/findasociety/</w:t>
+          <w:t>essexstudent.com/societies/</w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="350E78F5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>findasocie</w:t>
+        </w:r>
+        <w:r w:rsidRPr="350E78F5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>t</w:t>
+        </w:r>
+        <w:r w:rsidRPr="350E78F5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>y</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="350E78F5">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="350E78F5" w:rsidR="350E78F5">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:r w:rsidRPr="350E78F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="2ED19FE0" w:rsidRDefault="372A3DA0" w14:paraId="70AED447" w14:textId="7DFB62EE">
+    <w:p w14:paraId="70AED447" w14:textId="7DFB62EE" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2ED19FE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="2ED19FE0" w:rsidP="2ED19FE0" w:rsidRDefault="2ED19FE0" w14:paraId="63C3C076" w14:textId="0F7BDD50">
+    <w:p w14:paraId="63C3C076" w14:textId="0F7BDD50" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="74A8A0D6" w14:textId="7CA35E5D">
+    <w:p w14:paraId="74A8A0D6" w14:textId="7CA35E5D" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="372A3DA0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Details</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="4B66FF9F" w14:textId="67105551">
+    <w:p w14:paraId="4B66FF9F" w14:textId="67105551" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="758322E7" w14:textId="277030E8">
+    <w:p w14:paraId="758322E7" w14:textId="277030E8" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="372A3DA0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Name of Proposed Society: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9015"/>
       </w:tblGrid>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="4D86817B" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="4D86817B" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="656F6F1B" w14:textId="787AE8C4">
+          <w:p w14:paraId="656F6F1B" w14:textId="787AE8C4" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="141564BB" w14:textId="131871F4">
+    <w:p w14:paraId="141564BB" w14:textId="131871F4" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="7D8CA069" w14:textId="41E6A58B">
+    <w:p w14:paraId="7D8CA069" w14:textId="41E6A58B" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="372A3DA0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Proposed Membership Price (£):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9015"/>
       </w:tblGrid>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="6B167495" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="6B167495" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="14171325" w14:textId="57234D86">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="14171325" w14:textId="57234D86" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="2ED19FE0" w:rsidP="31BD2FE0" w:rsidRDefault="2ED19FE0" w14:paraId="69F4132F" w14:textId="50DA5331">
+    <w:p w14:paraId="69F4132F" w14:textId="50DA5331" w:rsidR="2ED19FE0" w:rsidRDefault="78E0C60D" w:rsidP="31BD2FE0">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="78E0C60D" w:rsidR="78E0C60D">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">This is the annual price it will cost individuals to join the society from the </w:t>
+      <w:r w:rsidRPr="78E0C60D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>This is the annual price it will cost individuals to join the society from the 1</w:t>
       </w:r>
-      <w:r w:rsidRPr="78E0C60D" w:rsidR="78E0C60D">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:r w:rsidRPr="78E0C60D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
-      <w:r w:rsidRPr="78E0C60D" w:rsidR="78E0C60D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:r w:rsidRPr="78E0C60D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> of August to the 31</w:t>
       </w:r>
-      <w:r w:rsidRPr="78E0C60D" w:rsidR="78E0C60D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:r w:rsidRPr="78E0C60D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
-      <w:r w:rsidRPr="78E0C60D" w:rsidR="78E0C60D">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> of any academic year. The membership price can be anything, including free. Only by paying this fee, individuals will be able to receive society emails and run/vote in society election.</w:t>
+      <w:r w:rsidRPr="78E0C60D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of July of any academic year. The membership price can be anything, including free. Only by paying this fee, individuals will be able to receive society emails and run/vote in society election.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="31BD2FE0" w:rsidP="31BD2FE0" w:rsidRDefault="31BD2FE0" w14:paraId="6FACA5EE" w14:textId="165B305F">
+    <w:p w14:paraId="6FACA5EE" w14:textId="165B305F" w:rsidR="31BD2FE0" w:rsidRDefault="31BD2FE0" w:rsidP="31BD2FE0">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="2ED19FE0" w14:paraId="0D64D3A7" w14:textId="6EC96717">
+    <w:p w14:paraId="0D64D3A7" w14:textId="6EC96717" w:rsidR="372A3DA0" w:rsidRDefault="2ED19FE0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2ED19FE0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Members of the Executive Committee</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="2236D771" w14:paraId="1C84FBA8" w14:textId="3AB4CA65">
+    <w:p w14:paraId="1C84FBA8" w14:textId="3F9BDF4F" w:rsidR="372A3DA0" w:rsidRDefault="78E0C60D" w:rsidP="2236D771">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="78E0C60D" w:rsidR="78E0C60D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:r w:rsidRPr="78E0C60D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">The Executive Committee (otherwise known as ‘the Exec’) of a society is the committee in charge of the day to day running of the society. When starting a society, you will need </w:t>
       </w:r>
-      <w:r w:rsidRPr="78E0C60D" w:rsidR="78E0C60D">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="78E0C60D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>4 separate individuals</w:t>
       </w:r>
-      <w:r w:rsidRPr="78E0C60D" w:rsidR="78E0C60D">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> to fill the </w:t>
+      <w:r w:rsidRPr="78E0C60D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to fill the required roles of: President, Vice President, Treasurer, and Welfare Officer. Descriptions for these roles can be found </w:t>
       </w:r>
-      <w:r w:rsidRPr="78E0C60D" w:rsidR="78E0C60D">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">required roles </w:t>
+      <w:r w:rsidR="00235AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the </w:t>
       </w:r>
-      <w:r w:rsidRPr="78E0C60D" w:rsidR="78E0C60D">
-[...24 lines deleted...]
-        <w:r w:rsidRPr="78E0C60D" w:rsidR="78E0C60D">
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00235AAE" w:rsidRPr="00235AAE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>essexstudent.com/activities/studentactivitiesexechelp/coreofficertraining/</w:t>
+          <w:t>Core Office</w:t>
+        </w:r>
+        <w:r w:rsidR="00235AAE" w:rsidRPr="00235AAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidR="00235AAE" w:rsidRPr="00235AAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> training</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="78E0C60D" w:rsidR="78E0C60D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:r w:rsidR="00235AAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> PowerPoint</w:t>
+      </w:r>
+      <w:r w:rsidRPr="78E0C60D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>. You may also choose as many additional Exec roles as you would like. All members of the Exec must be current University of Essex students.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="3774E998" w14:textId="4EC377FD">
+    <w:p w14:paraId="3774E998" w14:textId="4EC377FD" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2254"/>
         <w:gridCol w:w="2254"/>
         <w:gridCol w:w="2254"/>
         <w:gridCol w:w="2254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="78E0C60D" w14:paraId="4211ADA8" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="4211ADA8" w14:textId="77777777" w:rsidTr="78E0C60D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
-            <w:tcMar/>
-[...21 lines deleted...]
-                <w:bCs w:val="1"/>
+          </w:tcPr>
+          <w:p w14:paraId="5722DB8B" w14:textId="56DD1B10" w:rsidR="372A3DA0" w:rsidRDefault="78E0C60D" w:rsidP="3445DA3F">
+            <w:pPr>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="78E0C60D">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Required roles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="773FF5DF" w14:textId="06F19A2A" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Full Name of Member</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7B4C55" w14:textId="71ECF07F" w:rsidR="372A3DA0" w:rsidRPr="00235AAE" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Essex Email (@essex.ac.uk)</w:t>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essex </w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00235AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00235AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (@essex.ac.uk)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48C9C4B4" w14:textId="026CC160" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="372A3DA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PRID (e.g., SMITH12345)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="78E0C60D" w14:paraId="61D078B3" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="61D078B3" w14:textId="77777777" w:rsidTr="78E0C60D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="24AA63C2" w14:textId="7A329AD9" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>President</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
-            <w:tcMar/>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C15A4B" w14:textId="0FEF4FDD" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="5F5F3750">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78C70D2B" w14:textId="3603FEED" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F88181D" w14:textId="3B6585D0" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="78E0C60D" w14:paraId="670A1B89" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="670A1B89" w14:textId="77777777" w:rsidTr="78E0C60D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
-            <w:tcMar/>
-[...15 lines deleted...]
-                <w:bCs w:val="1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CDA27F7" w14:textId="7E963C54" w:rsidR="372A3DA0" w:rsidRDefault="31BD2FE0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="31BD2FE0">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vice President</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
-            <w:tcMar/>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D4B2F3C" w14:textId="3B6585D0" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44751CCC" w14:textId="3B6585D0" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BFD1725" w14:textId="3B6585D0" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="78E0C60D" w14:paraId="75B9E4E6" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="75B9E4E6" w14:textId="77777777" w:rsidTr="78E0C60D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
-            <w:tcMar/>
-[...1 lines deleted...]
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="3ED3CC63" w14:textId="4E0FA1B0">
+          </w:tcPr>
+          <w:p w14:paraId="3ED3CC63" w14:textId="4E0FA1B0" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Treasurer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
-            <w:tcMar/>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="2179C7A9" w14:textId="3B6585D0" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10997F1F" w14:textId="3B6585D0" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09BD6271" w14:textId="3B6585D0" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="78E0C60D" w14:paraId="3D447B85" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="3D447B85" w14:textId="77777777" w:rsidTr="78E0C60D">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
-            <w:tcMar/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C5CA52" w14:textId="49A9516A" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Welfare Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
-            <w:tcMar/>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          </w:tcPr>
+          <w:p w14:paraId="014BF5E9" w14:textId="006AFA02" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16E0239B" w14:textId="3B2F2AEC" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="066C58AC" w14:textId="3F0756A4" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="2ED19FE0" w:rsidP="2236D771" w:rsidRDefault="2236D771" w14:paraId="0BEC3E11" w14:textId="2E2417C8">
+    <w:p w14:paraId="0BEC3E11" w14:textId="2E2417C8" w:rsidR="2ED19FE0" w:rsidRDefault="2236D771" w:rsidP="2236D771">
       <w:r w:rsidRPr="2236D771">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2254"/>
         <w:gridCol w:w="2254"/>
         <w:gridCol w:w="2254"/>
         <w:gridCol w:w="2254"/>
       </w:tblGrid>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="48EE6962" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="48EE6962" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="1B4286DD" w14:textId="4F236953">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="1B4286DD" w14:textId="4F236953" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Additional Roles</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="277BF926" w14:textId="08B12E68">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="277BF926" w14:textId="08B12E68" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(Optional)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="5482DEA7" w14:textId="6C7CBF4F">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="5482DEA7" w14:textId="6C7CBF4F" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Full Name of Member</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="3D3F98EB" w14:textId="01B54E5C">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="3D3F98EB" w14:textId="01B54E5C" w:rsidR="372A3DA0" w:rsidRPr="00235AAE" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Essex Email (@essex.ac.uk)</w:t>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essex </w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00235AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00235AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (@essex.ac.uk)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6189695C" w14:textId="4BE60A1B" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="372A3DA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PRID (e.g., SMITH12345)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="207C41DD" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="207C41DD" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="372A3DA0" w14:paraId="728F596C" w14:textId="207A9AF4">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="728F596C" w14:textId="207A9AF4" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77072710" w14:textId="2C340D54" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3E3DDC" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="58A06DF0" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="4FA9664E" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="4FA9664E" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="372A3DA0" w14:paraId="1811BA5B" w14:textId="3A355369">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="1811BA5B" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC2E8A2" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30280143" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18626B35" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="48703E4F" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="48703E4F" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="372A3DA0" w14:paraId="53A3ABFA" w14:textId="3A355369">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="53A3ABFA" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E385A8" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1147C916" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C0E1DD" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="260EF744" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="260EF744" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="372A3DA0" w14:paraId="463641B1" w14:textId="3A355369">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="463641B1" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="149C61A2" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34983544" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E66ECD2" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="0815CCCD" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="0815CCCD" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="372A3DA0" w14:paraId="50E59134" w14:textId="3A355369">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="50E59134" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A132DB" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE86457" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4421BF37" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="1A944B69" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="1A944B69" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="372A3DA0" w14:paraId="5AEBE5A3" w14:textId="3A355369">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="5AEBE5A3" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7023B847" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CBBD256" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5472D9BB" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="2F01AA7B" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="2F01AA7B" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="372A3DA0" w14:paraId="41A56006" w14:textId="3A355369">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="41A56006" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4A3B56" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF6092B" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03A28166" w14:textId="3A355369" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="26DF378C" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="26DF378C" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="372A3DA0" w14:paraId="6F462911" w14:textId="40A32012">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="6F462911" w14:textId="40A32012" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2599E6" w14:textId="428B0CE3" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC2692D" w14:textId="76962344" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB09BE1" w14:textId="0A56D619" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="3E4F453E" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="3E4F453E" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="372A3DA0" w14:paraId="03F2284E" w14:textId="6538BCB1">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="03F2284E" w14:textId="6538BCB1" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4192EE39" w14:textId="350FEC99" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E0F68C1" w14:textId="1358488E" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E819C4E" w14:textId="1D5FAA52" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="6E07F447" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="6E07F447" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2254" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="372A3DA0" w14:paraId="5A56B054" w14:textId="732C2E8F">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="5A56B054" w14:textId="732C2E8F" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="215906B8" w14:textId="133BD978" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21DB3E7D" w14:textId="0E1F9147" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2254" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A874E2" w14:textId="131952D9" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="372A3DA0" w:rsidP="2ED19FE0" w:rsidRDefault="372A3DA0" w14:paraId="7EF9B74B" w14:textId="06C5CD0C">
+    <w:p w14:paraId="7EF9B74B" w14:textId="06C5CD0C" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2ED19FE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="2ED19FE0" w:rsidP="2ED19FE0" w:rsidRDefault="2ED19FE0" w14:paraId="1A70A517" w14:textId="5420251B">
+    <w:p w14:paraId="1A70A517" w14:textId="5420251B" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="2ED19FE0" w14:paraId="6B5F5F07" w14:textId="690EAA9F">
+    <w:p w14:paraId="6B5F5F07" w14:textId="690EAA9F" w:rsidR="372A3DA0" w:rsidRDefault="2ED19FE0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2ED19FE0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Aims of the Society</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="2236D771" w:rsidP="2236D771" w:rsidRDefault="2236D771" w14:paraId="6BBEE433" w14:textId="0A87FF18">
+    <w:p w14:paraId="6BBEE433" w14:textId="0A87FF18" w:rsidR="2236D771" w:rsidRDefault="2236D771" w:rsidP="2236D771">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2236D771">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>All societies must have a clear set of aims and what the society will do to meet these aims.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="2236D771" w:rsidP="2236D771" w:rsidRDefault="2236D771" w14:paraId="4A7E42B8" w14:textId="5F443D32">
+    <w:p w14:paraId="4A7E42B8" w14:textId="5F443D32" w:rsidR="2236D771" w:rsidRDefault="2236D771" w:rsidP="2236D771">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="2ED19FE0" w:rsidRDefault="2236D771" w14:paraId="7ADD642A" w14:textId="2D0A9B0A">
+    <w:p w14:paraId="7ADD642A" w14:textId="2D0A9B0A" w:rsidR="372A3DA0" w:rsidRDefault="2236D771" w:rsidP="2ED19FE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2236D771">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Aims:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9015"/>
       </w:tblGrid>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="4F9A429D" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="4F9A429D" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="372A3DA0" w14:paraId="538BE81E" w14:textId="40240BC1">
-[...236 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="538BE81E" w14:textId="40240BC1" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7E6779C0" w14:textId="77777777" w:rsidR="005B6913" w:rsidRDefault="005B6913" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F167369" w14:textId="4AAB8B34" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="5F5F3750">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7D9C6686" w14:textId="04CCB661" w:rsidR="2236D771" w:rsidRDefault="2236D771" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AC49028" w14:textId="7A9CBD64" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="550753EA" w14:textId="5302BFF4" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A6D9147" w14:textId="4F686C9B" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EB9EBA4" w14:textId="41F72ABA" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5970E4A6" w14:textId="3F909ABA" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DCDBB15" w14:textId="62643FB4" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39E6BF86" w14:textId="63F5B2FC" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D6DDB98" w14:textId="77777777" w:rsidR="00534682" w:rsidRDefault="00534682" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="168C79A6" w14:textId="4066B7AE" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FA152B2" w14:textId="2AEE5141" w:rsidR="00534682" w:rsidRDefault="00534682" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BC7D57E" w14:textId="77777777" w:rsidR="00534682" w:rsidRDefault="00534682" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="058B1109" w14:textId="54FD4B16" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="143661FD" w14:textId="77777777" w:rsidR="00380DF3" w:rsidRDefault="00380DF3" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DE09F37" w14:textId="2A769CD5" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F8AAD4E" w14:textId="4604D1D1" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="75555986" w14:textId="126CAB36" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CA492DB" w14:textId="58195CEB" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="011E16F5" w14:textId="30061D33" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FAA89CC" w14:textId="3E55FEEC" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="05B717DA" w14:textId="4D9BB777" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0457C955" w14:textId="51A2C1FB" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="43374E70" w14:textId="45D93654" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="31EC58EA" w14:textId="2CAD219B" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="2236D771" w14:paraId="0BD77909" w14:textId="4E9F9B6A">
+    <w:p w14:paraId="0BD77909" w14:textId="4E9F9B6A" w:rsidR="372A3DA0" w:rsidRDefault="2236D771" w:rsidP="2236D771">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2236D771">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>What the Society Will Do to Meet These Aims:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9015"/>
       </w:tblGrid>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="2236D771" w14:paraId="7BEC6B3F" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="7BEC6B3F" w14:textId="77777777" w:rsidTr="2236D771">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="372A3DA0" w14:paraId="7782231C" w14:textId="6AE72284">
-[...137 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="7782231C" w14:textId="6AE72284" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4BAEA243" w14:textId="4B4582DD" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="077DD7A9" w14:textId="455A3BCE" w:rsidR="5F5F3750" w:rsidRDefault="5F5F3750" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FF32EF1" w14:textId="77936B30" w:rsidR="2236D771" w:rsidRDefault="2236D771" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08D14071" w14:textId="6A46630E" w:rsidR="2236D771" w:rsidRDefault="2236D771" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4483124F" w14:textId="30E40265" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F2F8AC4" w14:textId="1F4C3689" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2ED19FE0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BF2E103" w14:textId="6C563663" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="17A4CF03" w14:textId="77777777" w:rsidR="005B6913" w:rsidRDefault="005B6913" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0924CDBE" w14:textId="77777777" w:rsidR="00534682" w:rsidRDefault="00534682" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DA3D85C" w14:textId="4F686C9B" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="769B7735" w14:textId="4FE3DDBA" w:rsidR="2236D771" w:rsidRDefault="2236D771" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="563C1F5E" w14:textId="11A54070" w:rsidR="2236D771" w:rsidRDefault="2236D771" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="507C3B43" w14:textId="75CC0109" w:rsidR="2236D771" w:rsidRDefault="2236D771" w:rsidP="2236D771">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CCBE530" w14:textId="73EB11AF" w:rsidR="5F5F3750" w:rsidRDefault="5F5F3750" w:rsidP="5F5F3750">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2141CFF3" w14:textId="3B413AEB" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="5F5F3750">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="372A3DA0" w:rsidP="5F5F3750" w:rsidRDefault="372A3DA0" w14:paraId="47C63A66" w14:textId="238798E9">
+    <w:p w14:paraId="47C63A66" w14:textId="238798E9" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="5F5F3750">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="5F5F3750" w:rsidP="5F5F3750" w:rsidRDefault="5F5F3750" w14:paraId="3481DBE7" w14:textId="07306E0A">
+    <w:p w14:paraId="3481DBE7" w14:textId="07306E0A" w:rsidR="5F5F3750" w:rsidRDefault="5F5F3750" w:rsidP="5F5F3750">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="2ED19FE0" w14:paraId="384F7AB7" w14:textId="7F9FE83C">
+    <w:p w14:paraId="384F7AB7" w14:textId="7F9FE83C" w:rsidR="372A3DA0" w:rsidRDefault="2ED19FE0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2ED19FE0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Signatures</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="2236D771" w14:paraId="7DE4B03E" w14:textId="369E69F5">
+    <w:p w14:paraId="7DE4B03E" w14:textId="369E69F5" w:rsidR="372A3DA0" w:rsidRDefault="2236D771" w:rsidP="2236D771">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2236D771">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">All proposed societies require a list of at least </w:t>
       </w:r>
       <w:r w:rsidRPr="2236D771">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>20 students</w:t>
       </w:r>
       <w:r w:rsidRPr="2236D771">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> who have indicated that they are willing to join the society upon approval. These members will be notified upon the approval of the society.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="697930D4" w14:textId="6FBCDF50">
+    <w:p w14:paraId="697930D4" w14:textId="6FBCDF50" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3005"/>
         <w:gridCol w:w="3005"/>
         <w:gridCol w:w="3005"/>
       </w:tblGrid>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="30E7D757" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="30E7D757" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="0911143C" w14:textId="301090B5">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="0911143C" w14:textId="301090B5" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Full Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="24C9A75A" w14:textId="12697F5F">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="24C9A75A" w14:textId="12697F5F" w:rsidR="372A3DA0" w:rsidRPr="00235AAE" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00235AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Essex Email (@essex.ac.uk)</w:t>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Essex </w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00235AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00235AAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (@essex.ac.uk)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66255E8E" w14:textId="0B0B098F" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="372A3DA0">
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>PRID Number (e.g., SMITH12345)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="40B9B46F" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="40B9B46F" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="3C5E46C5" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="3C5E46C5" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64EC5C7D" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B2EF547" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="5054DA40" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="5054DA40" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="454463B5" w14:textId="29113948">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="454463B5" w14:textId="29113948" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D3016E7" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F3D755" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="2E00567E" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="2E00567E" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="67F34310" w14:textId="5311FA62">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="67F34310" w14:textId="5311FA62" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31FEBAEA" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB7C013" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="2EF7CFA1" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="2EF7CFA1" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="595FB96E" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="595FB96E" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3E2CB9" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="483F6F97" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="779087EE" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="779087EE" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="6237E5E0" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="6237E5E0" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0C4D68" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49DFA66C" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="130F8E95" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="130F8E95" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="3A71A8DB" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="3A71A8DB" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="068900EB" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A755ACD" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="26D6F285" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="26D6F285" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="28DAD7E8" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="28DAD7E8" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="341F5F8D" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="155DC714" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="2FCC8634" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="2FCC8634" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="731634A4" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="731634A4" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F40B832" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A1CB10D" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="0552C419" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="0552C419" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="661D0226" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="661D0226" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A9A3B9" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21159BEF" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="750603BF" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="750603BF" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="30F8D443" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="30F8D443" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66BC9DEE" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="086FEABD" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="69929B33" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="69929B33" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="395281AF" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="395281AF" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43F80AE6" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED54C69" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="6CE3A2E1" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="6CE3A2E1" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="4368E89D" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="4368E89D" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F26C345" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="782A1128" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="44554382" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="44554382" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="58BF0AA4" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="58BF0AA4" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F586452" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="401D5F30" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="7AA41BA4" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="7AA41BA4" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="7F443660" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="7F443660" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C33F91" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E8EA24C" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="17404254" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="17404254" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="0944DFA1" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="0944DFA1" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D005616" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6840B2" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="137E0CFE" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="137E0CFE" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="140B7689" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="140B7689" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1038DCF3" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31DADC6C" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="539086AF" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="539086AF" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="6E41989F" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="6E41989F" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA44C6A" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A56B7FD" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="7A491F75" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="7A491F75" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="1DAC1F1B" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="1DAC1F1B" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6237B20B" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F647062" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="6D591B89" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="6D591B89" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="1046A57B" w14:textId="19282691">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="1046A57B" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F15DE81" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18E16730" w14:textId="19282691" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B6913" w:rsidTr="372A3DA0" w14:paraId="22690597" w14:textId="77777777">
+      <w:tr w:rsidR="005B6913" w14:paraId="22690597" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3005" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005B6913" w:rsidP="372A3DA0" w:rsidRDefault="005B6913" w14:paraId="100AF010" w14:textId="77777777">
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="100AF010" w14:textId="77777777" w:rsidR="005B6913" w:rsidRDefault="005B6913" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA85069" w14:textId="77777777" w:rsidR="005B6913" w:rsidRDefault="005B6913" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3005" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A218144" w14:textId="77777777" w:rsidR="005B6913" w:rsidRDefault="005B6913" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="372A3DA0" w:rsidP="2ED19FE0" w:rsidRDefault="2ED19FE0" w14:paraId="121A07F6" w14:textId="70966B74">
+    <w:p w14:paraId="121A07F6" w14:textId="70966B74" w:rsidR="372A3DA0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2ED19FE0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Declaration</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="2236D771" w:rsidRDefault="2236D771" w14:paraId="7A694111" w14:textId="64E5BC3F">
+    <w:p w14:paraId="7A694111" w14:textId="64E5BC3F" w:rsidR="372A3DA0" w:rsidRDefault="2236D771" w:rsidP="2236D771">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2236D771">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="00FC7623">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
       <w:r w:rsidRPr="2236D771">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> society is approved and I become a member of the executive committee for that society, I understand that I will be obliged </w:t>
       </w:r>
       <w:r w:rsidR="00FC7623">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="2236D771">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">devote time to the promotion and running of the society.  I understand </w:t>
       </w:r>
       <w:r w:rsidR="00FC7623">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>that the running of the society must be compliant with this document and the Societies Terms of Reference.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="2ED19FE0" w:rsidP="2ED19FE0" w:rsidRDefault="2ED19FE0" w14:paraId="4297DA49" w14:textId="5278FB76">
+    <w:p w14:paraId="4297DA49" w14:textId="5278FB76" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="7FF69F6E" w14:textId="270432FC">
+    <w:p w14:paraId="7FF69F6E" w14:textId="270432FC" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="372A3DA0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Name(s) of Proposer(s):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9015"/>
       </w:tblGrid>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="10472F42" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="10472F42" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="33D56A8B" w14:textId="36BC923C">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="33D56A8B" w14:textId="36BC923C" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="58BAD5AB" w14:textId="4ABE25E8">
+    <w:p w14:paraId="58BAD5AB" w14:textId="4ABE25E8" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="1293E2BE" w14:textId="4D26CC2D">
+    <w:p w14:paraId="1293E2BE" w14:textId="4D26CC2D" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="372A3DA0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contact Email(s):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9015"/>
       </w:tblGrid>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="09B04840" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="09B04840" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="1558D608" w14:textId="4FA8EE12">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="1558D608" w14:textId="4FA8EE12" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="3D47D423" w14:textId="54E687AD">
+    <w:p w14:paraId="3D47D423" w14:textId="54E687AD" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="4D8A720F" w14:textId="0BC5513A">
+    <w:p w14:paraId="4D8A720F" w14:textId="0BC5513A" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="372A3DA0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9015"/>
       </w:tblGrid>
-      <w:tr w:rsidR="372A3DA0" w:rsidTr="372A3DA0" w14:paraId="48CDCAFD" w14:textId="77777777">
+      <w:tr w:rsidR="372A3DA0" w14:paraId="48CDCAFD" w14:textId="77777777" w:rsidTr="372A3DA0">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9015" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="372A3DA0" w:rsidP="372A3DA0" w:rsidRDefault="372A3DA0" w14:paraId="7A158E53" w14:textId="77454D59">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:p w14:paraId="7A158E53" w14:textId="77454D59" w:rsidR="372A3DA0" w:rsidRDefault="372A3DA0" w:rsidP="372A3DA0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="372A3DA0">
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="2ED19FE0" w:rsidP="5F5F3750" w:rsidRDefault="2ED19FE0" w14:paraId="2D476EA7" w14:textId="58DE71A4">
+    <w:p w14:paraId="2D476EA7" w14:textId="58DE71A4" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="5F5F3750">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="5F5F3750" w:rsidP="5F5F3750" w:rsidRDefault="5F5F3750" w14:paraId="6491C75B" w14:textId="703649D6">
+    <w:p w14:paraId="6491C75B" w14:textId="703649D6" w:rsidR="5F5F3750" w:rsidRDefault="5F5F3750" w:rsidP="5F5F3750">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="2ED19FE0" w:rsidP="2ED19FE0" w:rsidRDefault="2ED19FE0" w14:paraId="0262BF30" w14:textId="7C77B849">
+    <w:p w14:paraId="0262BF30" w14:textId="7C77B849" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="2ED19FE0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2ED19FE0">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Important</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="2ED19FE0" w:rsidP="2236D771" w:rsidRDefault="2236D771" w14:paraId="7722DFED" w14:textId="400F7DDC">
+    <w:p w14:paraId="7722DFED" w14:textId="400F7DDC" w:rsidR="2ED19FE0" w:rsidRDefault="31BD2FE0" w:rsidP="2236D771">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="31BD2FE0" w:rsidR="31BD2FE0">
-[...2 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+      <w:r w:rsidRPr="31BD2FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Once this form has been completed, it must be emailed the SU Societies Department - </w:t>
       </w:r>
-      <w:hyperlink r:id="R0e1989791c3e498f">
-        <w:r w:rsidRPr="31BD2FE0" w:rsidR="31BD2FE0">
+      <w:hyperlink r:id="rId7">
+        <w:r w:rsidRPr="31BD2FE0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>susocs@essex.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="31BD2FE0" w:rsidR="31BD2FE0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:r w:rsidRPr="31BD2FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, either as a digital document or as a scan of the physical document. When emailing this form to the Societies Department </w:t>
       </w:r>
-      <w:r w:rsidRPr="31BD2FE0" w:rsidR="31BD2FE0">
-[...3 lines deleted...]
-          <w:bCs w:val="1"/>
+      <w:r w:rsidRPr="31BD2FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>you must also cc all 20 of the society's signatories</w:t>
       </w:r>
-      <w:r w:rsidRPr="31BD2FE0" w:rsidR="31BD2FE0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+      <w:r w:rsidRPr="31BD2FE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>. Once this form has been received it will be reviewed by the SU Societies Department and approved in conjunction with the VP Student Experience. You will be informed of a decision as soon as possible.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="2ED19FE0" w:rsidP="5F5F3750" w:rsidRDefault="2ED19FE0" w14:paraId="245E1565" w14:textId="3CF49AEE">
+    <w:p w14:paraId="245E1565" w14:textId="3CF49AEE" w:rsidR="2ED19FE0" w:rsidRDefault="2ED19FE0" w:rsidP="5F5F3750">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="2ED19FE0" w:rsidP="2236D771" w:rsidRDefault="2236D771" w14:paraId="2A76B098" w14:textId="6863E36C">
+    <w:p w14:paraId="2A76B098" w14:textId="6863E36C" w:rsidR="2ED19FE0" w:rsidRDefault="2236D771" w:rsidP="2236D771">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2236D771">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have any difficulties filling out any of the sections of this form, please get in contact with us at </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
         <w:r w:rsidRPr="2236D771">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+            <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>susocs@essex.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="2236D771">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:eastAsia="Century Gothic" w:cs="Century Gothic"/>
+          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>. We are willing to help societies that are having difficulties finding the required Exec members and/or signatories.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="2ED19FE0">
-      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
+      <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:trackRevisions w:val="false"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="36A7DACD"/>
     <w:rsid w:val="001B0463"/>
+    <w:rsid w:val="00235AAE"/>
     <w:rsid w:val="00380DF3"/>
     <w:rsid w:val="003E048E"/>
+    <w:rsid w:val="00467F48"/>
     <w:rsid w:val="00534682"/>
     <w:rsid w:val="005B6913"/>
     <w:rsid w:val="0064517A"/>
     <w:rsid w:val="00AD4266"/>
     <w:rsid w:val="00FC7623"/>
     <w:rsid w:val="2236D771"/>
     <w:rsid w:val="2ED19FE0"/>
     <w:rsid w:val="31BD2FE0"/>
     <w:rsid w:val="3445DA3F"/>
     <w:rsid w:val="350E78F5"/>
     <w:rsid w:val="36A7DACD"/>
     <w:rsid w:val="372A3DA0"/>
     <w:rsid w:val="5F5F3750"/>
     <w:rsid w:val="67066129"/>
     <w:rsid w:val="78E0C60D"/>
     <w:rsid w:val="7DAD69E2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="36A7DACD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FB26ADF0-67A1-4B61-AD2C-BECD2F4BD5E5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4372,52 +4418,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -4484,158 +4530,183 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00235AAE"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00235AAE"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susocs@essex.ac.uk" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.essexstudent.com/societies/findasociety/" TargetMode="External" Id="R585ce6e212ee49b8" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="Re2c344c2bb6949e7" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="R87559bdb55644a04" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="R949a2e42b43e4264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susocs@essex.ac.uk" TargetMode="External" Id="R0e1989791c3e498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.essexstudent.com/activities/studentactivitiesexechelp/coreofficertraining/" TargetMode="External" Id="R8c1a359013e746f3" /></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susocs@essex.ac.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susocs@essex.ac.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.essexstudent.com/pageassets/societies/toolkit/Core-Officer-Training-25-26.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.essexstudent.com/societies/findasociety/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4856,51 +4927,58 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-[...9 lines deleted...]
-</ap:Properties>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>4</Pages>
+  <Words>537</Words>
+  <Characters>3062</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>25</Lines>
+  <Paragraphs>7</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>3592</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Soper, James K</dc:creator>
-  <keywords/>
+  <cp:keywords/>
   <dc:description/>
-  <lastModifiedBy>Watson, Lydia R</lastModifiedBy>
-  <revision>17</revision>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</coreProperties>
+</cp:coreProperties>
 </file>